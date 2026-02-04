--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -111,51 +111,51 @@
         <w:t xml:space="preserve">Met het HedgyHome 1.0 zet CJ Wildlife een nieuwe stap in haar missie: mensen helpen hun tuin om te vormen tot een toevluchtsoord voor wilde dieren. Want iedere tuin kan verschil maken.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape id="_x0000_s1014" type="#_x0000_t32" style="width:450pt; height:0pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:stroke weight="0.1pt"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Over: CJ Wildlife</w:t>
+        <w:t xml:space="preserve">About: CJ Wildlife</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">CJ Wildlife has been specialising in bird protection and biodiversity for over 35 years. We produce our products in-house and have our own production facilities across Europe. CJ Wildlife collaborates closely with esteemed green partners such as the National Trust and NABU in Germany. Our partners provide valuable advice on the development of innovative nest boxes and feeding systems, ensuring the preservation of biodiversity for our feathered friends.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Newsroom</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">View the full press release including more photos and videos in our Newsroom.</w:t>
@@ -176,58 +176,58 @@
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">View all previous press releases</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Contact information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Naam: Janneke van der Meij</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">E-mail: janneke.vandermeij@vivara.nl</w:t>
+        <w:t xml:space="preserve">Name: Janneke van der Meij</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Email: janneke.vandermeij@vivara.nl</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">